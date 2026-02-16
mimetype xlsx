--- v0 (2025-11-01)
+++ v1 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XVI сесія VIII скликання</t>
   </si>
   <si>
     <t>Летичівська селищна рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Ковалець Лілія Олександрівна</t>
   </si>
   <si>
     <t>Смаглюк Людмила Дмитрівна</t>
   </si>
   <si>
     <t>Сінерук Віктор Степанович</t>
   </si>
   <si>
@@ -110,152 +110,161 @@
   <si>
     <t>Загамула Віктор Омельянович</t>
   </si>
   <si>
     <t>Кабанова Раїса Юріївна</t>
   </si>
   <si>
     <t>Марущак Світлана Миколаївна</t>
   </si>
   <si>
     <t>Смутко Володимир Олександрович</t>
   </si>
   <si>
     <t>Вараниця Алла Павлівна</t>
   </si>
   <si>
     <t>Зубкова Антоніна Петрівна</t>
   </si>
   <si>
     <t>Стадник Віктор Миколайович</t>
   </si>
   <si>
     <t>02.11.21  10:44:03</t>
   </si>
   <si>
-    <t>4189Про продовження терміну розгляду депутатських запитів</t>
+    <t>ID - 4189,  Про продовження терміну розгляду депутатських запитів</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 14</t>
   </si>
   <si>
+    <t>Проти: 0</t>
+  </si>
+  <si>
+    <t>Утримались: 1</t>
+  </si>
+  <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>02.11.21  10:49:45</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 13</t>
   </si>
   <si>
+    <t>Утримались: 0</t>
+  </si>
+  <si>
     <t>02.11.21  10:50:27</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>02.11.21  10:51:04</t>
   </si>
   <si>
     <t>02.11.21  10:52:30</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>02.11.21  10:53:52</t>
   </si>
   <si>
-    <t>За поправку</t>
+    <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>02.11.21  10:55:22</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>02.11.21  10:55:52</t>
   </si>
   <si>
-    <t>4197Про надання матеріальної допомоги</t>
+    <t>ID - 4197,  Про надання матеріальної допомоги</t>
   </si>
   <si>
     <t>02.11.21  10:56:31</t>
   </si>
   <si>
-    <t>4198Про затвердження звіту про виконання селищного бюджету за 9 місяців 2021 року</t>
+    <t>ID - 4198,  Про затвердження звіту про виконання селищного бюджету за 9 місяців 2021 року</t>
   </si>
   <si>
     <t>02.11.21  11:01:10</t>
   </si>
   <si>
-    <t>4199Про внесення змін до бюджету Летичівської селищної територіальної громади на 2021 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>02.11.21  11:02:24</t>
   </si>
   <si>
     <t>02.11.21  11:02:50</t>
   </si>
   <si>
-    <t>4201Про внесення змін до бюджету Летичівської селищної територіальної громади на 2021 рік</t>
-[...1 lines deleted...]
-  <si>
     <t>02.11.21  11:03:23</t>
   </si>
   <si>
     <t>02.11.21  11:03:59</t>
   </si>
   <si>
     <t>За: 12</t>
   </si>
   <si>
+    <t>Утримались: 2</t>
+  </si>
+  <si>
     <t>02.11.21  11:04:29</t>
   </si>
   <si>
+    <t>Утримались: 3</t>
+  </si>
+  <si>
     <t>02.11.21  11:05:02</t>
   </si>
   <si>
     <t>02.11.21  11:05:31</t>
   </si>
   <si>
     <t>02.11.21  11:06:06</t>
   </si>
   <si>
     <t>02.11.21  11:06:39</t>
   </si>
   <si>
     <t>02.11.21  11:07:08</t>
   </si>
   <si>
     <t>02.11.21  11:07:49</t>
   </si>
   <si>
     <t>02.11.21  11:08:21</t>
   </si>
   <si>
     <t>02.11.21  11:08:52</t>
   </si>
   <si>
     <t>За: 10</t>
@@ -266,60 +275,60 @@
   <si>
     <t>За: 11</t>
   </si>
   <si>
     <t>02.11.21  11:10:28</t>
   </si>
   <si>
     <t>02.11.21  11:10:58</t>
   </si>
   <si>
     <t>02.11.21  11:11:27</t>
   </si>
   <si>
     <t>02.11.21  11:11:56</t>
   </si>
   <si>
     <t>02.11.21  11:12:26</t>
   </si>
   <si>
     <t>02.11.21  11:12:54</t>
   </si>
   <si>
     <t>02.11.21  11:13:23</t>
   </si>
   <si>
-    <t>4221Про припинення користування та надання в оренду земельних ділянок громадянам</t>
+    <t>ID - 4221,  Про припинення користування та надання в оренду земельних ділянок громадянам</t>
   </si>
   <si>
     <t>02.11.21  11:13:50</t>
   </si>
   <si>
     <t>02.11.21  11:14:17</t>
   </si>
   <si>
-    <t>4223Про перенесення розгляду заяв громадян</t>
+    <t>ID - 4223,  Про перенесення розгляду заяв громадян</t>
   </si>
   <si>
     <t>02.11.21  11:14:49</t>
   </si>
   <si>
     <t>02.11.21  11:16:12</t>
   </si>
   <si>
     <t>За основу і в цілому (2/3  від складу ради)</t>
   </si>
   <si>
     <t>02.11.21  11:16:44</t>
   </si>
   <si>
     <t>02.11.21  11:17:14</t>
   </si>
   <si>
     <t>02.11.21  11:18:22</t>
   </si>
   <si>
     <t>02.11.21  11:21:41</t>
   </si>
   <si>
     <t>02.11.21  11:22:10</t>
   </si>
@@ -360,53 +369,50 @@
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 48</t>
   </si>
   <si>
     <t>За: 49</t>
   </si>
   <si>
     <t>За: 46</t>
   </si>
   <si>
     <t>За: 47</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>За: 50</t>
   </si>
   <si>
     <t>За: 51</t>
-  </si>
-[...1 lines deleted...]
-    <t>Проти: 0</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 19</t>
   </si>
   <si>
     <t>Утр.: 2</t>
   </si>
   <si>
     <t>Утр.: 8</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
@@ -473,5867 +479,6192 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AG57"/>
+  <dimension ref="A1:AI57"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="15"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="51"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
-      <c r="G1" t="s" s="3">
+      <c r="G1"/>
+      <c r="H1"/>
+      <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
-      <c r="H1" t="s" s="3">
+      <c r="J1" t="s" s="3">
         <v>6</v>
       </c>
-      <c r="I1" t="s" s="3">
+      <c r="K1" t="s" s="3">
         <v>7</v>
       </c>
-      <c r="J1" t="s" s="3">
+      <c r="L1" t="s" s="3">
         <v>8</v>
       </c>
-      <c r="K1" t="s" s="3">
+      <c r="M1" t="s" s="3">
         <v>9</v>
       </c>
-      <c r="L1" t="s" s="3">
+      <c r="N1" t="s" s="3">
         <v>10</v>
       </c>
-      <c r="M1" t="s" s="3">
+      <c r="O1" t="s" s="3">
         <v>11</v>
       </c>
-      <c r="N1" t="s" s="3">
+      <c r="P1" t="s" s="3">
         <v>12</v>
       </c>
-      <c r="O1" t="s" s="3">
+      <c r="Q1" t="s" s="3">
         <v>13</v>
       </c>
-      <c r="P1" t="s" s="3">
+      <c r="R1" t="s" s="3">
         <v>14</v>
       </c>
-      <c r="Q1" t="s" s="3">
+      <c r="S1" t="s" s="3">
         <v>15</v>
       </c>
-      <c r="R1" t="s" s="3">
+      <c r="T1" t="s" s="3">
         <v>16</v>
       </c>
-      <c r="S1" t="s" s="3">
+      <c r="U1" t="s" s="3">
         <v>17</v>
       </c>
-      <c r="T1" t="s" s="3">
+      <c r="V1" t="s" s="3">
         <v>18</v>
       </c>
-      <c r="U1" t="s" s="3">
+      <c r="W1" t="s" s="3">
         <v>19</v>
       </c>
-      <c r="V1" t="s" s="3">
+      <c r="X1" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="W1" t="s" s="3">
+      <c r="Y1" t="s" s="3">
         <v>21</v>
       </c>
-      <c r="X1" t="s" s="3">
+      <c r="Z1" t="s" s="3">
         <v>22</v>
       </c>
-      <c r="Y1" t="s" s="3">
+      <c r="AA1" t="s" s="3">
         <v>23</v>
       </c>
-      <c r="Z1" t="s" s="3">
+      <c r="AB1" t="s" s="3">
         <v>24</v>
       </c>
-      <c r="AA1" t="s" s="3">
+      <c r="AC1" t="s" s="3">
         <v>25</v>
       </c>
-      <c r="AB1" t="s" s="3">
+      <c r="AD1" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="AC1" t="s" s="3">
+      <c r="AE1" t="s" s="3">
         <v>27</v>
       </c>
-      <c r="AD1" t="s" s="3">
+      <c r="AF1" t="s" s="3">
         <v>28</v>
       </c>
-      <c r="AE1" t="s" s="3">
+      <c r="AG1" t="s" s="3">
         <v>29</v>
       </c>
-      <c r="AF1" t="s" s="3">
+      <c r="AH1" t="s" s="3">
         <v>30</v>
       </c>
-      <c r="AG1" t="s" s="3">
+      <c r="AI1" t="s" s="3">
         <v>31</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>32</v>
       </c>
       <c r="C2" t="s" s="4">
         <v>33</v>
       </c>
       <c r="D2" t="s">
         <v>34</v>
       </c>
       <c r="E2" t="s">
         <v>35</v>
       </c>
       <c r="F2" t="s">
         <v>36</v>
       </c>
-      <c r="G2" t="s" s="5">
-[...2 lines deleted...]
-      <c r="H2" t="s" s="5">
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
         <v>38</v>
       </c>
       <c r="I2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="O2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH2" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI2" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>4190Про звернення депутатів Летичівської селищної ради до Президента України,  Верховної Ради України, Кабінету Міністрів України щодо належного фінансового забезпечення сфери охорони</t>
+          <t>ID - 4190,  Про звернення депутатів Летичівської селищної ради до Президента України,  Верховної Ради України, Кабінету Міністрів України щодо належного фінансового забезпечення сфери охорони</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>34</v>
       </c>
       <c r="E3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J3" t="s" s="5">
         <v>42</v>
       </c>
-      <c r="F3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K3" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O3" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q3" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI3" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>4191Про звернення депутатів Летичівської селищної ради до Кабінету Міністрів України щодо забезпечення права дітей з особливими освітніми потребами на психолого-педагогічні та</t>
+          <t>ID - 4191,  Про звернення депутатів Летичівської селищної ради до Кабінету Міністрів України щодо забезпечення права дітей з особливими освітніми потребами на психолого-педагогічні та</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>34</v>
       </c>
       <c r="E4" t="s">
         <v>35</v>
       </c>
       <c r="F4" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>48</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
       </c>
       <c r="I4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q4" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB4" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH4" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI4" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>4192Про депутатський запит Гаврищука Олега Леонідовича щодо введення в експлуатацію та використання спортивного майданчика зі штучним покриттям у Летичівському ліцеї №1</t>
+          <t>ID - 4192,  Про депутатський запит Гаврищука Олега Леонідовича щодо введення в експлуатацію та використання спортивного майданчика зі штучним покриттям у Летичівському ліцеї №1</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>34</v>
       </c>
       <c r="E5" t="s">
         <v>35</v>
       </c>
       <c r="F5" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
       </c>
       <c r="I5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI5" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>4193Про внесення змін до Програми соціально-економічного та культурного розвитку Летичівської селищної територіальної громади на 2021 рік</t>
+          <t>ID - 4193,  Про внесення змін до Програми соціально-економічного та культурного розвитку Летичівської селищної територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D6" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>46</v>
       </c>
       <c r="I6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH6" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI6" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>4195ПОПРАВКА ДО ПРОЄКТУ РІШЕННЯ  Про внесення змін до Програми соціально-економічного та культурного розвитку Летичівської селищної  територіальної громади на 2021 рік  ДОПОВНИТИ   </t>
+          <t>ID - 4195,  ПОПРАВКА ДО ПРОЄКТУ РІШЕННЯ  Про внесення змін до Програми соціально-економічного та культурного розвитку Летичівської селищної  територіальної громади на 2021 рік  ДОПОВНИТИ   </t>
         </is>
       </c>
       <c r="D7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
       </c>
       <c r="I7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="O7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="Q7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI7" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>4196Про внесення змін до Програми соціально-економічного та культурного розвитку Летичівської селищної територіальної громади на 2021 рік</t>
+          <t>ID - 4196,  Про внесення змін до Програми соціально-економічного та культурного розвитку Летичівської селищної територіальної громади на 2021 рік</t>
         </is>
       </c>
       <c r="D8" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>37</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
       </c>
       <c r="I8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V8" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI8" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C9" t="s" s="4">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
       <c r="E9" t="s">
         <v>35</v>
       </c>
       <c r="F9" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>40</v>
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" t="s">
+        <v>46</v>
       </c>
       <c r="I9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J9" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="K9" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q9" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T9" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U9" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z9" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC9" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI9" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s" s="4">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
         <v>35</v>
       </c>
       <c r="F10" t="s">
         <v>36</v>
       </c>
-      <c r="G10" t="s" s="5">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="G10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
       </c>
       <c r="I10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J10" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="K10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L10" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N10" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R10" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="S10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA10" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI10" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>61</v>
+      </c>
+      <c r="C11" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4199,  Про внесення змін до бюджету Летичівської селищної територіальної громади на 2021 рік</t>
+        </is>
       </c>
       <c r="D11" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
       <c r="F11" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>48</v>
+      </c>
+      <c r="G11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H11" t="s">
+        <v>46</v>
       </c>
       <c r="I11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J11" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K11" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L11" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M11" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N11" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P11" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q11" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R11" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T11" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U11" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA11" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB11" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC11" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD11" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH11" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI11" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>4200Внести зміни до рішення сесії та доповнити пунктом:      Збільшити обсяг  дохідної частини  загального фонду бюджету Летичівської селищної територіальної громади по КДК 41034500 «Субвенція з</t>
+          <t>ID - 4200,  Внести зміни до рішення сесії та доповнити пунктом:      Збільшити обсяг  дохідної частини  загального фонду бюджету Летичівської селищної територіальної громади по КДК 41034500 «Субвенція з</t>
         </is>
       </c>
       <c r="D12" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E12" t="s">
         <v>35</v>
       </c>
       <c r="F12" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>48</v>
+      </c>
+      <c r="G12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H12" t="s">
+        <v>46</v>
       </c>
       <c r="I12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J12" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K12" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L12" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M12" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N12" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P12" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q12" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R12" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T12" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U12" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y12" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z12" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA12" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB12" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC12" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD12" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE12" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI12" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>63</v>
+      </c>
+      <c r="C13" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4201,  Про внесення змін до бюджету Летичівської селищної територіальної громади на 2021 рік</t>
+        </is>
       </c>
       <c r="D13" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E13" t="s">
         <v>35</v>
       </c>
       <c r="F13" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>48</v>
+      </c>
+      <c r="G13" t="s">
+        <v>37</v>
+      </c>
+      <c r="H13" t="s">
+        <v>46</v>
       </c>
       <c r="I13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J13" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K13" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L13" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M13" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N13" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P13" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q13" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R13" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T13" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U13" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z13" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA13" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB13" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC13" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD13" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH13" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI13" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>4202Про повторний розгляд заяви Федчишиної Ульяни Володимирівни про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
+          <t>ID - 4202,  Про повторний розгляд заяви Федчишиної Ульяни Володимирівни про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>34</v>
       </c>
       <c r="E14" t="s">
         <v>35</v>
       </c>
       <c r="F14" t="s">
         <v>36</v>
       </c>
-      <c r="G14" t="s" s="5">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="G14" t="s">
+        <v>37</v>
+      </c>
+      <c r="H14" t="s">
+        <v>46</v>
       </c>
       <c r="I14" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J14" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K14" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L14" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M14" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N14" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O14" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="P14" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q14" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="R14" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S14" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T14" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U14" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V14" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W14" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z14" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA14" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="AB14" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC14" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD14" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG14" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI14" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>4203Про перенесення надання згоди на виготовлення технічної документації із землеустрою щодо поділу (об’єднання) земельних ділянок (кадастровий номер 6823082400:04:020:0048)</t>
+          <t>ID - 4203,  Про перенесення надання згоди на виготовлення технічної документації із землеустрою щодо поділу (об’єднання) земельних ділянок (кадастровий номер 6823082400:04:020:0048)</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>34</v>
       </c>
       <c r="E15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" t="s">
+        <v>66</v>
+      </c>
+      <c r="G15" t="s">
+        <v>37</v>
+      </c>
+      <c r="H15" t="s">
+        <v>67</v>
+      </c>
+      <c r="I15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K15" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="L15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="O15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q15" t="s" s="5">
         <v>42</v>
       </c>
-      <c r="F15" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="R15" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T15" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U15" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="V15" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z15" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA15" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB15" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC15" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD15" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF15" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG15" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI15" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>4204Про надання згоди на виготовлення технічної документації із землеустрою щодо поділу (об’єднання) земельної ділянки (кадастровий номер 6823082900:06:017:0003)</t>
+          <t>ID - 4204,  Про надання згоди на виготовлення технічної документації із землеустрою щодо поділу (об’єднання) земельної ділянки (кадастровий номер 6823082900:06:017:0003)</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>34</v>
       </c>
       <c r="E16" t="s">
+        <v>44</v>
+      </c>
+      <c r="F16" t="s">
+        <v>66</v>
+      </c>
+      <c r="G16" t="s">
+        <v>37</v>
+      </c>
+      <c r="H16" t="s">
+        <v>69</v>
+      </c>
+      <c r="I16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L16" t="s" s="5">
         <v>42</v>
       </c>
-      <c r="F16" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M16" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N16" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P16" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Q16" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R16" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T16" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U16" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="V16" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z16" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA16" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB16" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC16" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD16" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE16" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI16" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>4205Про затвердження технічної документації з нормативної грошової оцінки земельної  ділянки АТ «Хмельницькобленерго»</t>
+          <t>ID - 4205,  Про затвердження технічної документації з нормативної грошової оцінки земельної  ділянки АТ «Хмельницькобленерго»</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>34</v>
       </c>
       <c r="E17" t="s">
         <v>35</v>
       </c>
       <c r="F17" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>48</v>
+      </c>
+      <c r="G17" t="s">
+        <v>37</v>
+      </c>
+      <c r="H17" t="s">
+        <v>46</v>
       </c>
       <c r="I17" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J17" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K17" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L17" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M17" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N17" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O17" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P17" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q17" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R17" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S17" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T17" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U17" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V17" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA17" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB17" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC17" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD17" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF17" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG17" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI17" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>4206Про передачу гр. Ревуцькій І. М. в оренду земельної ділянки (кадастровий номер 6823055100:00:034:0103)</t>
+          <t>ID - 4206,  Про передачу гр. Ревуцькій І. М. в оренду земельної ділянки (кадастровий номер 6823055100:00:034:0103)</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>34</v>
       </c>
       <c r="E18" t="s">
         <v>35</v>
       </c>
       <c r="F18" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G18" t="s">
+        <v>37</v>
+      </c>
+      <c r="H18" t="s">
+        <v>46</v>
       </c>
       <c r="I18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J18" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K18" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L18" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M18" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="O18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P18" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="Q18" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R18" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T18" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U18" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z18" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA18" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB18" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC18" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD18" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI18" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>4207Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) громадянам</t>
+          <t>ID - 4207,  Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) громадянам</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>34</v>
       </c>
       <c r="E19" t="s">
         <v>35</v>
       </c>
       <c r="F19" t="s">
         <v>36</v>
       </c>
-      <c r="G19" t="s" s="5">
-[...2 lines deleted...]
-      <c r="H19" t="s" s="5">
+      <c r="G19" t="s">
+        <v>37</v>
+      </c>
+      <c r="H19" t="s">
         <v>38</v>
       </c>
       <c r="I19" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J19" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K19" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L19" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M19" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N19" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P19" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q19" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R19" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S19" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T19" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U19" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V19" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z19" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB19" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC19" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="AD19" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG19" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI19" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>4208Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення товарного</t>
+          <t>ID - 4208,  Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення товарного</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>34</v>
       </c>
       <c r="E20" t="s">
         <v>35</v>
       </c>
       <c r="F20" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-      <c r="H20" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="G20" t="s">
+        <v>37</v>
+      </c>
+      <c r="H20" t="s">
         <v>38</v>
       </c>
       <c r="I20" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J20" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K20" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L20" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M20" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N20" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P20" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q20" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R20" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S20" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T20" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U20" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V20" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z20" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA20" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB20" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC20" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD20" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE20" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF20" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG20" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI20" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>4209Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки громадянам в межах населених пунктів</t>
+          <t>ID - 4209,  Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки громадянам в межах населених пунктів</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>34</v>
       </c>
       <c r="E21" t="s">
         <v>35</v>
       </c>
       <c r="F21" t="s">
         <v>36</v>
       </c>
-      <c r="G21" t="s" s="5">
-[...2 lines deleted...]
-      <c r="H21" t="s" s="5">
+      <c r="G21" t="s">
+        <v>37</v>
+      </c>
+      <c r="H21" t="s">
         <v>38</v>
       </c>
       <c r="I21" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J21" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K21" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L21" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M21" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P21" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="Q21" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R21" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S21" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T21" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U21" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V21" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y21" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z21" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB21" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC21" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD21" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF21" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG21" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI21" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>4210Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки сільськогосподарського призначення для ведення особистого селянського господарства громадянам</t>
+          <t>ID - 4210,  Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки сільськогосподарського призначення для ведення особистого селянського господарства громадянам</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>35</v>
       </c>
       <c r="F22" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-      <c r="H22" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="G22" t="s">
+        <v>37</v>
+      </c>
+      <c r="H22" t="s">
         <v>38</v>
       </c>
       <c r="I22" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J22" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K22" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L22" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M22" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N22" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P22" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q22" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R22" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S22" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T22" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U22" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V22" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z22" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA22" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB22" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC22" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD22" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF22" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG22" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI22" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>4211Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки сільськогосподарського призначення для ведення особистого селянського господарства, яка</t>
+          <t>ID - 4211,  Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки сільськогосподарського призначення для ведення особистого селянського господарства, яка</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>34</v>
       </c>
       <c r="E23" t="s">
+        <v>44</v>
+      </c>
+      <c r="F23" t="s">
+        <v>45</v>
+      </c>
+      <c r="G23" t="s">
+        <v>37</v>
+      </c>
+      <c r="H23" t="s">
+        <v>67</v>
+      </c>
+      <c r="I23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="O23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q23" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T23" t="s" s="5">
         <v>42</v>
       </c>
-      <c r="F23" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="U23" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="V23" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z23" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA23" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB23" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC23" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD23" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE23" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF23" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG23" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI23" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>4212Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки для ведення особистого селянського господарства за межами населеного пункту</t>
+          <t>ID - 4212,  Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки для ведення особистого селянського господарства за межами населеного пункту</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>34</v>
       </c>
       <c r="E24" t="s">
+        <v>44</v>
+      </c>
+      <c r="F24" t="s">
+        <v>78</v>
+      </c>
+      <c r="G24" t="s">
+        <v>37</v>
+      </c>
+      <c r="H24" t="s">
+        <v>69</v>
+      </c>
+      <c r="I24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L24" t="s" s="5">
         <v>42</v>
       </c>
-      <c r="F24" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M24" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N24" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P24" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Q24" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R24" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T24" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="U24" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="V24" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z24" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA24" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB24" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC24" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD24" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE24" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF24" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG24" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI24" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>4213Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки для індивідуального садівництва громадянам на території Летичівської селищної ради</t>
+          <t>ID - 4213,  Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки для індивідуального садівництва громадянам на території Летичівської селищної ради</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>34</v>
       </c>
       <c r="E25" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" t="s">
+        <v>80</v>
+      </c>
+      <c r="G25" t="s">
+        <v>37</v>
+      </c>
+      <c r="H25" t="s">
+        <v>69</v>
+      </c>
+      <c r="I25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L25" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="O25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q25" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="U25" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="V25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="W25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Y25" t="s" s="5">
         <v>42</v>
       </c>
-      <c r="F25" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="Z25" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="AA25" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB25" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC25" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD25" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE25" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF25" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG25" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI25" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>4215Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки для ведення особистого селянського господарства, яка розташована за межами населеного пункту с.</t>
+          <t>ID - 4215,  Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки для ведення особистого селянського господарства, яка розташована за межами населеного пункту с.</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>34</v>
       </c>
       <c r="E26" t="s">
         <v>35</v>
       </c>
       <c r="F26" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-      <c r="H26" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="G26" t="s">
+        <v>37</v>
+      </c>
+      <c r="H26" t="s">
         <v>38</v>
       </c>
       <c r="I26" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J26" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K26" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L26" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M26" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N26" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P26" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q26" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R26" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S26" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T26" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U26" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V26" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z26" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA26" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB26" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC26" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD26" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF26" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG26" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI26" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>4216Про надання дозволу на розробку проекту землеустрою щодо відведення земельних ділянок для ведення товарного сільськогосподарського виробництва (земельної частки (пай)) гр. Левченко М.Л.</t>
+          <t>ID - 4216,  Про надання дозволу на розробку проекту землеустрою щодо відведення земельних ділянок для ведення товарного сільськогосподарського виробництва (земельної частки (пай)) гр. Левченко М.Л.</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>34</v>
       </c>
       <c r="E27" t="s">
         <v>35</v>
       </c>
       <c r="F27" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-      <c r="H27" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="G27" t="s">
+        <v>37</v>
+      </c>
+      <c r="H27" t="s">
         <v>38</v>
       </c>
       <c r="I27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J27" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K27" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L27" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M27" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N27" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P27" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q27" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R27" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T27" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U27" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA27" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB27" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC27" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD27" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI27" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>4217Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки комунальної власності ПрАТ «ВФ Україна»</t>
+          <t>ID - 4217,  Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки комунальної власності ПрАТ «ВФ Україна»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>34</v>
       </c>
       <c r="E28" t="s">
         <v>35</v>
       </c>
       <c r="F28" t="s">
         <v>36</v>
       </c>
-      <c r="G28" t="s" s="5">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="G28" t="s">
+        <v>37</v>
+      </c>
+      <c r="H28" t="s">
+        <v>67</v>
       </c>
       <c r="I28" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J28" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K28" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L28" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M28" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N28" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P28" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q28" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R28" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T28" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U28" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="V28" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y28" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z28" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA28" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB28" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC28" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD28" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE28" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF28" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG28" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI28" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>4218Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) ТзОВ «Летичів Агро»</t>
+          <t>ID - 4218,  Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) ТзОВ «Летичів Агро»</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>34</v>
       </c>
       <c r="E29" t="s">
         <v>35</v>
       </c>
       <c r="F29" t="s">
         <v>36</v>
       </c>
-      <c r="G29" t="s" s="5">
-[...2 lines deleted...]
-      <c r="H29" t="s" s="5">
+      <c r="G29" t="s">
+        <v>37</v>
+      </c>
+      <c r="H29" t="s">
         <v>38</v>
       </c>
       <c r="I29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="K29" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L29" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="M29" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N29" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P29" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q29" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R29" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T29" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U29" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="V29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y29" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z29" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA29" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB29" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC29" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD29" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI29" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>4219Про надання згоди на виготовлення технічної документації із землеустрою щодо поділу (об’єднання) земельної ділянки, яка перебуває в оренді ТОВ «Летичівський «РЕМБУД» кадастровий номер</t>
+          <t>ID - 4219,  Про надання згоди на виготовлення технічної документації із землеустрою щодо поділу (об’єднання) земельної ділянки, яка перебуває в оренді ТОВ «Летичівський «РЕМБУД» кадастровий номер</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>34</v>
       </c>
       <c r="E30" t="s">
         <v>35</v>
       </c>
       <c r="F30" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-      <c r="H30" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="G30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H30" t="s">
         <v>38</v>
       </c>
       <c r="I30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J30" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K30" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L30" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M30" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N30" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P30" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q30" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R30" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T30" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U30" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y30" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA30" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB30" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC30" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD30" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE30" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI30" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>4220Про надання дозволу на виготовлення технічної документації із землеустрою щодо інвентаризації земельних ділянок за межами населених пунктів Летичівської селищної ради</t>
+          <t>ID - 4220,  Про надання дозволу на виготовлення технічної документації із землеустрою щодо інвентаризації земельних ділянок за межами населених пунктів Летичівської селищної ради</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>34</v>
       </c>
       <c r="E31" t="s">
         <v>35</v>
       </c>
       <c r="F31" t="s">
         <v>36</v>
       </c>
-      <c r="G31" t="s" s="5">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="G31" t="s">
+        <v>37</v>
+      </c>
+      <c r="H31" t="s">
+        <v>67</v>
       </c>
       <c r="I31" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J31" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K31" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L31" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M31" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N31" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P31" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q31" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R31" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T31" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U31" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="V31" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X31" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y31" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z31" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA31" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB31" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC31" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD31" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE31" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF31" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG31" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI31" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C32" t="s" s="4">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D32" t="s">
         <v>34</v>
       </c>
       <c r="E32" t="s">
         <v>35</v>
       </c>
       <c r="F32" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-      <c r="H32" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="G32" t="s">
+        <v>37</v>
+      </c>
+      <c r="H32" t="s">
         <v>38</v>
       </c>
       <c r="I32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J32" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K32" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L32" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M32" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N32" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P32" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q32" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R32" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T32" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U32" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y32" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z32" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA32" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB32" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC32" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD32" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE32" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI32" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>4222Про внесення змін, доповнень до рішень та скасування рішень сесій Летичівської селищної ради</t>
+          <t>ID - 4222,  Про внесення змін, доповнень до рішень та скасування рішень сесій Летичівської селищної ради</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>34</v>
       </c>
       <c r="E33" t="s">
         <v>35</v>
       </c>
       <c r="F33" t="s">
         <v>36</v>
       </c>
-      <c r="G33" t="s" s="5">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="G33" t="s">
+        <v>37</v>
+      </c>
+      <c r="H33" t="s">
+        <v>46</v>
       </c>
       <c r="I33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J33" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K33" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L33" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M33" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N33" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O33" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="P33" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q33" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="R33" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T33" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U33" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z33" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA33" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="AB33" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC33" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD33" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE33" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI33" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C34" t="s" s="4">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D34" t="s">
         <v>34</v>
       </c>
       <c r="E34" t="s">
         <v>35</v>
       </c>
       <c r="F34" t="s">
         <v>36</v>
       </c>
-      <c r="G34" t="s" s="5">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="G34" t="s">
+        <v>37</v>
+      </c>
+      <c r="H34" t="s">
+        <v>46</v>
       </c>
       <c r="I34" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J34" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K34" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L34" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M34" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N34" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O34" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="P34" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q34" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="R34" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S34" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T34" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U34" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V34" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W34" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X34" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y34" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z34" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA34" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB34" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC34" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD34" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE34" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF34" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG34" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI34" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>4224Про відмову у наданні дозволу на виготовлення документації із землеустрою громадянам</t>
+          <t>ID - 4224,  Про відмову у наданні дозволу на виготовлення документації із землеустрою громадянам</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>34</v>
       </c>
       <c r="E35" t="s">
         <v>35</v>
       </c>
       <c r="F35" t="s">
         <v>36</v>
       </c>
-      <c r="G35" t="s" s="5">
-[...2 lines deleted...]
-      <c r="H35" t="s" s="5">
+      <c r="G35" t="s">
+        <v>37</v>
+      </c>
+      <c r="H35" t="s">
         <v>38</v>
       </c>
       <c r="I35" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J35" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K35" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L35" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M35" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N35" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P35" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q35" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R35" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S35" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T35" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U35" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V35" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y35" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z35" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA35" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB35" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC35" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD35" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE35" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF35" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG35" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI35" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>4225Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) громадянам</t>
+          <t>ID - 4225,  Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) громадянам</t>
         </is>
       </c>
       <c r="D36" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E36" t="s">
+        <v>44</v>
+      </c>
+      <c r="F36" t="s">
+        <v>45</v>
+      </c>
+      <c r="G36" t="s">
+        <v>37</v>
+      </c>
+      <c r="H36" t="s">
+        <v>46</v>
+      </c>
+      <c r="I36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="O36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q36" t="s" s="5">
         <v>42</v>
       </c>
-      <c r="F36" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="R36" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S36" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T36" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U36" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V36" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W36" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y36" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z36" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA36" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB36" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC36" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD36" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE36" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF36" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG36" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI36" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>4226Про затвердження проекту землеустрою щодо відведення земельних ділянок та передачу їх у власність громадянам</t>
+          <t>ID - 4226,  Про затвердження проекту землеустрою щодо відведення земельних ділянок та передачу їх у власність громадянам</t>
         </is>
       </c>
       <c r="D37" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E37" t="s">
+        <v>44</v>
+      </c>
+      <c r="F37" t="s">
+        <v>45</v>
+      </c>
+      <c r="G37" t="s">
+        <v>37</v>
+      </c>
+      <c r="H37" t="s">
+        <v>38</v>
+      </c>
+      <c r="I37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L37" t="s" s="5">
         <v>42</v>
       </c>
-      <c r="F37" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M37" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N37" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P37" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q37" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R37" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S37" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T37" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U37" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V37" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W37" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y37" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z37" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA37" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB37" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC37" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD37" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE37" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF37" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG37" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI37" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>4227Про затвердження проекту землеустрою щодо відведення земельної ділянки комунальної власності сільськогосподарського призначення для ведення особистого селянського господарства, яка</t>
+          <t>ID - 4227,  Про затвердження проекту землеустрою щодо відведення земельної ділянки комунальної власності сільськогосподарського призначення для ведення особистого селянського господарства, яка</t>
         </is>
       </c>
       <c r="D38" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E38" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F38" t="s">
         <v>36</v>
       </c>
-      <c r="G38" t="s" s="5">
-[...2 lines deleted...]
-      <c r="H38" t="s" s="5">
+      <c r="G38" t="s">
+        <v>37</v>
+      </c>
+      <c r="H38" t="s">
         <v>38</v>
       </c>
       <c r="I38" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J38" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K38" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L38" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M38" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N38" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P38" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q38" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R38" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S38" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T38" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U38" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V38" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y38" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z38" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA38" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB38" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC38" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD38" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE38" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF38" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG38" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI38" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>4229Про затвердження проекту землеустрою щодо відведення земельної ділянки комунальної власності сільськогосподарського призначення для індивідуального садівництва та передача їх у</t>
+          <t>ID - 4229,  Про затвердження проекту землеустрою щодо відведення земельної ділянки комунальної власності сільськогосподарського призначення для індивідуального садівництва та передача їх у</t>
         </is>
       </c>
       <c r="D39" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E39" t="s">
+        <v>44</v>
+      </c>
+      <c r="F39" t="s">
+        <v>45</v>
+      </c>
+      <c r="G39" t="s">
+        <v>37</v>
+      </c>
+      <c r="H39" t="s">
+        <v>38</v>
+      </c>
+      <c r="I39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="O39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="U39" t="s" s="5">
         <v>42</v>
       </c>
-      <c r="F39" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="V39" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y39" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z39" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA39" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB39" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC39" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD39" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE39" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF39" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG39" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI39" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>4230Про зміну засновника комунального підприємства «Перемога» Снітівської сільської ради</t>
+          <t>ID - 4230,  Про зміну засновника комунального підприємства «Перемога» Снітівської сільської ради</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>34</v>
       </c>
       <c r="E40" t="s">
         <v>35</v>
       </c>
       <c r="F40" t="s">
         <v>36</v>
       </c>
-      <c r="G40" t="s" s="5">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="G40" t="s">
+        <v>37</v>
+      </c>
+      <c r="H40" t="s">
+        <v>46</v>
       </c>
       <c r="I40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J40" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K40" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L40" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M40" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N40" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P40" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q40" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T40" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="U40" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V40" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="W40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="Y40" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z40" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA40" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB40" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC40" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD40" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE40" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI40" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>4231Про припинення діяльності комунального підприємства «Перемога» Летичівської селищної ради</t>
+          <t>ID - 4231,  Про припинення діяльності комунального підприємства «Перемога» Летичівської селищної ради</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>34</v>
       </c>
       <c r="E41" t="s">
         <v>35</v>
       </c>
       <c r="F41" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G41" t="s">
+        <v>37</v>
+      </c>
+      <c r="H41" t="s">
+        <v>46</v>
       </c>
       <c r="I41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J41" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K41" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L41" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M41" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N41" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P41" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q41" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R41" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T41" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U41" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V41" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="Y41" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z41" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA41" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB41" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC41" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD41" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE41" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH41" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI41" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>4233Про внесення змін до Програми забезпечення екологічного безпечного збирання, перевезення, захоронення відходів у населених пунктах Летичівської селищної ради на 2021 рік</t>
+          <t>ID - 4233,  Про внесення змін до Програми забезпечення екологічного безпечного збирання, перевезення, захоронення відходів у населених пунктах Летичівської селищної ради на 2021 рік</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>34</v>
       </c>
       <c r="E42" t="s">
         <v>35</v>
       </c>
       <c r="F42" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>48</v>
+      </c>
+      <c r="G42" t="s">
+        <v>37</v>
+      </c>
+      <c r="H42" t="s">
+        <v>46</v>
       </c>
       <c r="I42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J42" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K42" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L42" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M42" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N42" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P42" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q42" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R42" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T42" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U42" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y42" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z42" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA42" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB42" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC42" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD42" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE42" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH42" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI42" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>4234Про внесення змін в Програму розвитку комунального госпрозрахункового підприємства «Злагода» Летичівської селищної ради на 2021 рік</t>
+          <t>ID - 4234,  Про внесення змін в Програму розвитку комунального госпрозрахункового підприємства «Злагода» Летичівської селищної ради на 2021 рік</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>34</v>
       </c>
       <c r="E43" t="s">
         <v>35</v>
       </c>
       <c r="F43" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G43" t="s">
+        <v>37</v>
+      </c>
+      <c r="H43" t="s">
+        <v>46</v>
       </c>
       <c r="I43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J43" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K43" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L43" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M43" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N43" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P43" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q43" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R43" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S43" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T43" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U43" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X43" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y43" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z43" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA43" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB43" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC43" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD43" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE43" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH43" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI43" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>4235Про включення до Переліку першого типу комунального майна, що підлягає передачі в оренду на аукціоні</t>
+          <t>ID - 4235,  Про включення до Переліку першого типу комунального майна, що підлягає передачі в оренду на аукціоні</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>34</v>
       </c>
       <c r="E44" t="s">
         <v>35</v>
       </c>
       <c r="F44" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G44" t="s">
+        <v>37</v>
+      </c>
+      <c r="H44" t="s">
+        <v>46</v>
       </c>
       <c r="I44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J44" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K44" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L44" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M44" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N44" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P44" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q44" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R44" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S44" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T44" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U44" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y44" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z44" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA44" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB44" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC44" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD44" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE44" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH44" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI44" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>4236Про затвердження передавального акта нерухомого майна спільної власності територіальних громад сіл, селищ Хмельницького району</t>
+          <t>ID - 4236,  Про затвердження передавального акта нерухомого майна спільної власності територіальних громад сіл, селищ Хмельницького району</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>34</v>
       </c>
       <c r="E45" t="s">
         <v>35</v>
       </c>
       <c r="F45" t="s">
         <v>36</v>
       </c>
-      <c r="G45" t="s" s="5">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="G45" t="s">
+        <v>37</v>
+      </c>
+      <c r="H45" t="s">
+        <v>46</v>
       </c>
       <c r="I45" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J45" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K45" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="L45" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M45" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N45" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O45" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P45" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q45" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R45" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S45" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T45" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U45" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V45" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W45" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y45" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z45" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA45" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB45" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC45" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD45" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE45" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF45" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG45" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH45" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI45" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>4237Про затвердження проекту землеустрою щодо відведення земельних ділянок гр. Приказюку В. Б.</t>
+          <t>ID - 4237,  Про затвердження проекту землеустрою щодо відведення земельних ділянок гр. Приказюку В. Б.</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>34</v>
       </c>
       <c r="E46" t="s">
         <v>35</v>
       </c>
       <c r="F46" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G46" t="s">
+        <v>37</v>
+      </c>
+      <c r="H46" t="s">
+        <v>46</v>
       </c>
       <c r="I46" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J46" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K46" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L46" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M46" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N46" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O46" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P46" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q46" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R46" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S46" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T46" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U46" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V46" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W46" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z46" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA46" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB46" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC46" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD46" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE46" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF46" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG46" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH46" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI46" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>4239Про надання дозволу на виготовлення технічної документації із землеустрою щодо проведення інвентаризації земельної ділянки по вул. Центральна, с. Суслівці</t>
+          <t>ID - 4239,  Про надання дозволу на виготовлення технічної документації із землеустрою щодо проведення інвентаризації земельної ділянки по вул. Центральна, с. Суслівці</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>34</v>
       </c>
       <c r="E47" t="s">
         <v>35</v>
       </c>
       <c r="F47" t="s">
         <v>36</v>
       </c>
-      <c r="G47" t="s" s="5">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="G47" t="s">
+        <v>37</v>
+      </c>
+      <c r="H47" t="s">
+        <v>46</v>
       </c>
       <c r="I47" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J47" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K47" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L47" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M47" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N47" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O47" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="P47" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q47" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="R47" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S47" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T47" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U47" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V47" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W47" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X47" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y47" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z47" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA47" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB47" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC47" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD47" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE47" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF47" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG47" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH47" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI47" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>4240Про надання дозволу на виготовлення технічної документації із землеустрою щодо проведення інвентаризації земельної ділянки по вул. Савіцького Юрія</t>
+          <t>ID - 4240,  Про надання дозволу на виготовлення технічної документації із землеустрою щодо проведення інвентаризації земельної ділянки по вул. Савіцького Юрія</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>34</v>
       </c>
       <c r="E48" t="s">
         <v>35</v>
       </c>
       <c r="F48" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G48" t="s">
+        <v>37</v>
+      </c>
+      <c r="H48" t="s">
+        <v>46</v>
       </c>
       <c r="I48" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J48" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K48" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L48" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M48" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N48" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O48" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P48" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q48" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R48" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S48" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T48" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U48" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V48" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y48" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z48" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA48" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB48" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC48" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD48" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE48" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF48" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG48" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH48" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI48" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>4241Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення товарного</t>
+          <t>ID - 4241,  Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення товарного</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>34</v>
       </c>
       <c r="E49" t="s">
         <v>35</v>
       </c>
       <c r="F49" t="s">
         <v>36</v>
       </c>
-      <c r="G49" t="s" s="5">
-[...2 lines deleted...]
-      <c r="H49" t="s" s="5">
+      <c r="G49" t="s">
+        <v>37</v>
+      </c>
+      <c r="H49" t="s">
         <v>38</v>
       </c>
       <c r="I49" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J49" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K49" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L49" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M49" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N49" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P49" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q49" t="s" s="5">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="R49" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S49" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T49" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U49" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V49" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W49" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y49" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z49" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA49" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB49" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC49" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD49" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE49" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF49" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG49" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH49" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI49" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>4242Про внесення змін до рішення 15 сесії від 08.10.2021 року №66 «Про зміну назви закладів освіти Летичівської селищної ради та затвердження їх Статутів у новій редакції»</t>
+          <t>ID - 4242,  Про внесення змін до рішення 15 сесії від 08.10.2021 року №66 «Про зміну назви закладів освіти Летичівської селищної ради та затвердження їх Статутів у новій редакції»</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>34</v>
       </c>
       <c r="E50" t="s">
         <v>35</v>
       </c>
       <c r="F50" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G50" t="s">
+        <v>37</v>
+      </c>
+      <c r="H50" t="s">
+        <v>46</v>
       </c>
       <c r="I50" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J50" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K50" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L50" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M50" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N50" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O50" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P50" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q50" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R50" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S50" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T50" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U50" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V50" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W50" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y50" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z50" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA50" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB50" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC50" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD50" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE50" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF50" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG50" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH50" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI50" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>4244Про затвердження переліку проєктів, що будуть фінансуватись за рахунок коштів субвенції з державного бюджету на здійснення заходів щодо соціально-економічного розвитку окремих територій</t>
+          <t>ID - 4244,  Про затвердження переліку проєктів, що будуть фінансуватись за рахунок коштів субвенції з державного бюджету на здійснення заходів щодо соціально-економічного розвитку окремих територій</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>34</v>
       </c>
       <c r="E51" t="s">
         <v>35</v>
       </c>
       <c r="F51" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G51" t="s">
+        <v>37</v>
+      </c>
+      <c r="H51" t="s">
+        <v>46</v>
       </c>
       <c r="I51" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J51" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K51" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L51" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M51" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N51" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O51" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P51" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q51" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R51" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S51" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T51" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U51" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V51" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W51" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X51" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y51" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z51" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA51" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB51" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC51" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD51" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE51" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF51" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG51" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH51" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI51" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>4245Про внесення змін до Програми розвитку Комунального некомерційного підприємства «Летичівська багатопрофільна лікарня» Летичівської селищної ради Хмельницького району Хмельницької</t>
+          <t>ID - 4245,  Про внесення змін до Програми розвитку Комунального некомерційного підприємства «Летичівська багатопрофільна лікарня» Летичівської селищної ради Хмельницького району Хмельницької</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>34</v>
       </c>
       <c r="E52" t="s">
         <v>35</v>
       </c>
       <c r="F52" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G52" t="s">
+        <v>37</v>
+      </c>
+      <c r="H52" t="s">
+        <v>46</v>
       </c>
       <c r="I52" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J52" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K52" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L52" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M52" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N52" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O52" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P52" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q52" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="R52" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S52" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="T52" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="U52" t="s" s="5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V52" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W52" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y52" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z52" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AA52" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AB52" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AC52" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD52" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AE52" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AF52" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG52" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="AH52" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI52" t="s" s="5">
+        <v>40</v>
       </c>
     </row>
     <row r="53">
       <c r="A53"/>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
-      <c r="G53" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G53"/>
+      <c r="H53"/>
       <c r="I53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J53" t="s">
+        <v>112</v>
+      </c>
+      <c r="K53" t="s">
+        <v>113</v>
+      </c>
+      <c r="L53" t="s">
+        <v>114</v>
+      </c>
+      <c r="M53" t="s">
         <v>111</v>
       </c>
-      <c r="K53" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N53" t="s">
+        <v>113</v>
+      </c>
+      <c r="O53" t="s">
+        <v>111</v>
+      </c>
+      <c r="P53" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>116</v>
+      </c>
+      <c r="R53" t="s">
+        <v>114</v>
+      </c>
+      <c r="S53" t="s">
+        <v>111</v>
+      </c>
+      <c r="T53" t="s">
         <v>112</v>
       </c>
-      <c r="O53" t="s">
-[...2 lines deleted...]
-      <c r="P53" t="s">
+      <c r="U53" t="s">
+        <v>117</v>
+      </c>
+      <c r="V53" t="s">
         <v>111</v>
       </c>
-      <c r="Q53" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="W53" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="X53" t="s">
         <v>115</v>
       </c>
       <c r="Y53" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="Z53" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="AA53" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AB53" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="AC53" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="AD53" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="AE53" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="AF53" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="AG53" t="s">
-        <v>116</v>
+        <v>111</v>
+      </c>
+      <c r="AH53" t="s">
+        <v>119</v>
+      </c>
+      <c r="AI53" t="s">
+        <v>119</v>
       </c>
     </row>
     <row r="54">
       <c r="A54"/>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
-      <c r="G54" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G54"/>
+      <c r="H54"/>
       <c r="I54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="J54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="K54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="L54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="M54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="N54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="O54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="P54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="Q54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="R54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="S54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="T54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="U54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="V54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="W54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="X54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="Y54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="Z54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="AA54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="AB54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="AC54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="AD54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="AE54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="AF54" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="AG54" t="s">
-        <v>117</v>
+        <v>37</v>
+      </c>
+      <c r="AH54" t="s">
+        <v>37</v>
+      </c>
+      <c r="AI54" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="55">
       <c r="A55"/>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
-      <c r="G55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G55"/>
+      <c r="H55"/>
       <c r="I55" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J55" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K55" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="L55" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="M55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="N55" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="O55" t="s">
         <v>120</v>
       </c>
       <c r="P55" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="Q55" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="R55" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="S55" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="T55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="U55" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="V55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="W55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="X55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="Y55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="Z55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AA55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AB55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AC55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AD55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AE55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AF55" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG55" t="s">
-        <v>118</v>
+        <v>120</v>
+      </c>
+      <c r="AH55" t="s">
+        <v>120</v>
+      </c>
+      <c r="AI55" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="56">
       <c r="A56"/>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
-      <c r="G56" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G56"/>
+      <c r="H56"/>
       <c r="I56" t="s">
         <v>125</v>
       </c>
       <c r="J56" t="s">
         <v>126</v>
       </c>
       <c r="K56" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="L56" t="s">
+        <v>128</v>
+      </c>
+      <c r="M56" t="s">
         <v>125</v>
       </c>
-      <c r="M56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N56" t="s">
+        <v>127</v>
+      </c>
+      <c r="O56" t="s">
+        <v>125</v>
+      </c>
+      <c r="P56" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>129</v>
+      </c>
+      <c r="R56" t="s">
         <v>126</v>
       </c>
-      <c r="O56" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="S56" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="T56" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="U56" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="V56" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="W56" t="s">
         <v>125</v>
       </c>
       <c r="X56" t="s">
+        <v>128</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>127</v>
+      </c>
+      <c r="Z56" t="s">
+        <v>127</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>131</v>
+      </c>
+      <c r="AB56" t="s">
         <v>125</v>
       </c>
-      <c r="Y56" t="s">
-[...5 lines deleted...]
-      <c r="AA56" t="s">
+      <c r="AC56" t="s">
+        <v>127</v>
+      </c>
+      <c r="AD56" t="s">
         <v>125</v>
       </c>
-      <c r="AB56" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AE56" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AF56" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AG56" t="s">
-        <v>123</v>
+        <v>125</v>
+      </c>
+      <c r="AH56" t="s">
+        <v>125</v>
+      </c>
+      <c r="AI56" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="57">
       <c r="A57"/>
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
-      <c r="G57" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G57"/>
+      <c r="H57"/>
       <c r="I57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J57" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="K57" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="L57" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="M57" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="N57" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="O57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P57" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="Q57" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="R57" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="S57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="T57" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="U57" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="V57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="W57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="X57" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="Y57" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="Z57" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="AA57" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="AB57" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AC57" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="AD57" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AE57" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AF57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AG57" t="s">
-        <v>131</v>
+        <v>132</v>
+      </c>
+      <c r="AH57" t="s">
+        <v>133</v>
+      </c>
+      <c r="AI57" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
+    <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>