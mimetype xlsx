--- v0 (2025-11-01)
+++ v1 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XXV сесія VIII скликання</t>
   </si>
   <si>
     <t>Летичівська селищна рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Ковалець Лілія Олександрівна</t>
   </si>
   <si>
     <t>Смаглюк Людмила Дмитрівна</t>
   </si>
   <si>
     <t>Сінерук Віктор Степанович</t>
   </si>
   <si>
@@ -110,114 +110,117 @@
   <si>
     <t>Загамула Віктор Омельянович</t>
   </si>
   <si>
     <t>Кабанова Раїса Юріївна</t>
   </si>
   <si>
     <t>Марущак Світлана Миколаївна</t>
   </si>
   <si>
     <t>Смутко Володимир Олександрович</t>
   </si>
   <si>
     <t>Вараниця Алла Павлівна</t>
   </si>
   <si>
     <t>Зубкова Антоніна Петрівна</t>
   </si>
   <si>
     <t>Стадник Віктор Миколайович</t>
   </si>
   <si>
     <t>27.05.22  10:11:02</t>
   </si>
   <si>
-    <t>4583Про внесення змін до назв рішень Летичівської селищної ради</t>
+    <t>ID - 4583,  Про внесення змін до назв рішень Летичівської селищної ради</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
+    <t>Проти: 0</t>
+  </si>
+  <si>
+    <t>Утримались: 0</t>
+  </si>
+  <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>27.05.22  10:15:34</t>
   </si>
   <si>
-    <t>4585Звіт про виконання фінансового плану за 2021 рік</t>
+    <t>ID - 4585,  Звіт про виконання фінансового плану за 2021 рік</t>
   </si>
   <si>
     <t>27.05.22  10:16:36</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>27.05.22  10:18:15</t>
   </si>
   <si>
-    <t>4587Про надання матеріальної допомоги</t>
+    <t>ID - 4587,  Про надання матеріальної допомоги</t>
   </si>
   <si>
     <t>27.05.22  10:19:05</t>
   </si>
   <si>
     <t>27.05.22  10:19:44</t>
   </si>
   <si>
     <t>27.05.22  10:20:22</t>
   </si>
   <si>
     <t>27.05.22  10:34:31</t>
   </si>
   <si>
     <t>27.05.22  10:37:06</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 8</t>
-  </si>
-[...1 lines deleted...]
-    <t>Проти: 0</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 9</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
@@ -257,1549 +260,1618 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AG15"/>
+  <dimension ref="A1:AI15"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="15"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="51"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
-      <c r="G1" t="s" s="3">
+      <c r="G1"/>
+      <c r="H1"/>
+      <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
-      <c r="H1" t="s" s="3">
+      <c r="J1" t="s" s="3">
         <v>6</v>
       </c>
-      <c r="I1" t="s" s="3">
+      <c r="K1" t="s" s="3">
         <v>7</v>
       </c>
-      <c r="J1" t="s" s="3">
+      <c r="L1" t="s" s="3">
         <v>8</v>
       </c>
-      <c r="K1" t="s" s="3">
+      <c r="M1" t="s" s="3">
         <v>9</v>
       </c>
-      <c r="L1" t="s" s="3">
+      <c r="N1" t="s" s="3">
         <v>10</v>
       </c>
-      <c r="M1" t="s" s="3">
+      <c r="O1" t="s" s="3">
         <v>11</v>
       </c>
-      <c r="N1" t="s" s="3">
+      <c r="P1" t="s" s="3">
         <v>12</v>
       </c>
-      <c r="O1" t="s" s="3">
+      <c r="Q1" t="s" s="3">
         <v>13</v>
       </c>
-      <c r="P1" t="s" s="3">
+      <c r="R1" t="s" s="3">
         <v>14</v>
       </c>
-      <c r="Q1" t="s" s="3">
+      <c r="S1" t="s" s="3">
         <v>15</v>
       </c>
-      <c r="R1" t="s" s="3">
+      <c r="T1" t="s" s="3">
         <v>16</v>
       </c>
-      <c r="S1" t="s" s="3">
+      <c r="U1" t="s" s="3">
         <v>17</v>
       </c>
-      <c r="T1" t="s" s="3">
+      <c r="V1" t="s" s="3">
         <v>18</v>
       </c>
-      <c r="U1" t="s" s="3">
+      <c r="W1" t="s" s="3">
         <v>19</v>
       </c>
-      <c r="V1" t="s" s="3">
+      <c r="X1" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="W1" t="s" s="3">
+      <c r="Y1" t="s" s="3">
         <v>21</v>
       </c>
-      <c r="X1" t="s" s="3">
+      <c r="Z1" t="s" s="3">
         <v>22</v>
       </c>
-      <c r="Y1" t="s" s="3">
+      <c r="AA1" t="s" s="3">
         <v>23</v>
       </c>
-      <c r="Z1" t="s" s="3">
+      <c r="AB1" t="s" s="3">
         <v>24</v>
       </c>
-      <c r="AA1" t="s" s="3">
+      <c r="AC1" t="s" s="3">
         <v>25</v>
       </c>
-      <c r="AB1" t="s" s="3">
+      <c r="AD1" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="AC1" t="s" s="3">
+      <c r="AE1" t="s" s="3">
         <v>27</v>
       </c>
-      <c r="AD1" t="s" s="3">
+      <c r="AF1" t="s" s="3">
         <v>28</v>
       </c>
-      <c r="AE1" t="s" s="3">
+      <c r="AG1" t="s" s="3">
         <v>29</v>
       </c>
-      <c r="AF1" t="s" s="3">
+      <c r="AH1" t="s" s="3">
         <v>30</v>
       </c>
-      <c r="AG1" t="s" s="3">
+      <c r="AI1" t="s" s="3">
         <v>31</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>32</v>
       </c>
       <c r="C2" t="s" s="4">
         <v>33</v>
       </c>
       <c r="D2" t="s">
         <v>34</v>
       </c>
       <c r="E2" t="s">
         <v>35</v>
       </c>
       <c r="F2" t="s">
         <v>36</v>
       </c>
-      <c r="G2" t="s" s="5">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
       </c>
       <c r="I2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
+      </c>
+      <c r="AH2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI2" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C3" t="s" s="4">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D3" t="s">
         <v>34</v>
       </c>
       <c r="E3" t="s">
         <v>35</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
-      <c r="G3" t="s" s="5">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
       </c>
       <c r="I3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
+      </c>
+      <c r="AH3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI3" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>4586Про затвердження звіту про виконання фінансовому плану підприємства за 2021 рік КНП «Летичівський центр ПМСД» Летичівської селищної ради</t>
+          <t>ID - 4586,  Про затвердження звіту про виконання фінансовому плану підприємства за 2021 рік КНП «Летичівський центр ПМСД» Летичівської селищної ради</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>34</v>
       </c>
       <c r="E4" t="s">
         <v>35</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
       </c>
       <c r="I4" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N4" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
+      </c>
+      <c r="AH4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI4" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s" s="4">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>34</v>
       </c>
       <c r="E5" t="s">
         <v>35</v>
       </c>
       <c r="F5" t="s">
         <v>36</v>
       </c>
-      <c r="G5" t="s" s="5">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
       </c>
       <c r="I5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
+      </c>
+      <c r="AH5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI5" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>4588Про затвердження технічної документації із землеустрою щодо інвентаризації земельної ділянки та передачу ТОВ «Лоретта Агро» в короткострокову оренду земельної ділянки для ведення</t>
+          <t>ID - 4588,  Про затвердження технічної документації із землеустрою щодо інвентаризації земельної ділянки та передачу ТОВ «Лоретта Агро» в короткострокову оренду земельної ділянки для ведення</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>34</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>36</v>
       </c>
-      <c r="G6" t="s" s="5">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
       </c>
       <c r="I6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
+      </c>
+      <c r="AH6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI6" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>4589Про затвердження технічної документації із землеустрою щодо інвентаризації земельних ділянок та передачу ТОВ «Зоряний світанок» в короткострокову оренду земельні ділянки для ведення</t>
+          <t>ID - 4589,  Про затвердження технічної документації із землеустрою щодо інвентаризації земельних ділянок та передачу ТОВ «Зоряний світанок» в короткострокову оренду земельні ділянки для ведення</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
-      <c r="G7" t="s" s="5">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="G7" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>38</v>
       </c>
       <c r="I7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
+      </c>
+      <c r="AH7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI7" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>4590Про затвердження технічної документації із землеустрою щодо інвентаризації земельної ділянки та передачу ТОВ «МОЛОДІЖНИЙ ХХІ» в короткострокову оренду земельну ділянку для ведення</t>
+          <t>ID - 4590,  Про затвердження технічної документації із землеустрою щодо інвентаризації земельної ділянки та передачу ТОВ «МОЛОДІЖНИЙ ХХІ» в короткострокову оренду земельну ділянку для ведення</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>36</v>
       </c>
-      <c r="G8" t="s" s="5">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="G8" t="s">
+        <v>37</v>
+      </c>
+      <c r="H8" t="s">
+        <v>38</v>
       </c>
       <c r="I8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="T8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
+      </c>
+      <c r="AH8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI8" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>4591Про надання погодження ПП «НОВОКОН» на отримання спеціального дозволу на користування надрами з метою видобування суглинків Новокостянтинівського родовища, що розташоване на східній</t>
+          <t>ID - 4591,  Про надання погодження ПП «НОВОКОН» на отримання спеціального дозволу на користування надрами з метою видобування суглинків Новокостянтинівського родовища, що розташоване на східній</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
       <c r="E9" t="s">
         <v>35</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" t="s">
+        <v>38</v>
       </c>
       <c r="I9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L9" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="T9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U9" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V9" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AA9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AC9" t="s" s="5">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="AD9" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
+      </c>
+      <c r="AH9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI9" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>4592Про надання згоди на безоплатне прийняття нерухомого майна – захисної споруди цивільного захисту за адресою: смт. Летичів, вул. Автопарківська, 8 з державної власності до комунальної</t>
+          <t>ID - 4592,  Про надання згоди на безоплатне прийняття нерухомого майна – захисної споруди цивільного захисту за адресою: смт. Летичів, вул. Автопарківська, 8 з державної власності до комунальної</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
         <v>35</v>
       </c>
       <c r="F10" t="s">
         <v>36</v>
       </c>
-      <c r="G10" t="s" s="5">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="G10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10" t="s">
+        <v>38</v>
       </c>
       <c r="I10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M10" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O10" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q10" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S10" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="T10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="V10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Z10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AA10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB10" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AC10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AD10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AF10" t="s" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AG10" t="s" s="5">
-        <v>37</v>
+        <v>40</v>
+      </c>
+      <c r="AH10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI10" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11"/>
-      <c r="G11" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G11"/>
+      <c r="H11"/>
       <c r="I11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="J11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L11" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="M11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="N11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="P11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="Q11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="S11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="T11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U11" t="s">
+        <v>54</v>
+      </c>
+      <c r="V11" t="s">
+        <v>54</v>
+      </c>
+      <c r="W11" t="s">
+        <v>55</v>
+      </c>
+      <c r="X11" t="s">
         <v>53</v>
       </c>
-      <c r="V11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Y11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="Z11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AC11" t="s">
+        <v>54</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>54</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>55</v>
+      </c>
+      <c r="AF11" t="s">
         <v>53</v>
       </c>
-      <c r="AD11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AG11" t="s">
-        <v>51</v>
+        <v>54</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
-      <c r="G12" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G12"/>
+      <c r="H12"/>
       <c r="I12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="J12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="K12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="L12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="M12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="O12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="P12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="Q12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="R12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="S12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="T12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="U12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="V12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="W12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="X12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="Y12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="Z12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="AA12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="AB12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="AC12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="AD12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="AE12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="AF12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="AG12" t="s">
-        <v>54</v>
+        <v>37</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
-      <c r="G13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G13"/>
+      <c r="H13"/>
       <c r="I13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Q13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="R13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="S13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="T13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="U13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="V13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="W13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="X13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Y13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Z13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AA13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AB13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AC13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AD13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AE13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AF13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AG13" t="s">
-        <v>55</v>
+        <v>56</v>
+      </c>
+      <c r="AH13" t="s">
+        <v>56</v>
+      </c>
+      <c r="AI13" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
-      <c r="G14" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G14"/>
+      <c r="H14"/>
       <c r="I14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="O14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Q14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="S14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="U14" t="s">
         <v>57</v>
       </c>
       <c r="V14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="W14" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="X14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Y14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Z14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AA14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AB14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AC14" t="s">
         <v>57</v>
       </c>
       <c r="AD14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AE14" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="AF14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AG14" t="s">
-        <v>56</v>
+        <v>57</v>
+      </c>
+      <c r="AH14" t="s">
+        <v>57</v>
+      </c>
+      <c r="AI14" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
-      <c r="G15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G15"/>
+      <c r="H15"/>
       <c r="I15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J15" t="s">
         <v>59</v>
       </c>
       <c r="K15" t="s">
         <v>59</v>
       </c>
       <c r="L15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="M15" t="s">
+        <v>60</v>
+      </c>
+      <c r="N15" t="s">
         <v>59</v>
       </c>
-      <c r="N15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" t="s">
+        <v>60</v>
+      </c>
+      <c r="P15" t="s">
         <v>59</v>
       </c>
-      <c r="P15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q15" t="s">
+        <v>60</v>
+      </c>
+      <c r="R15" t="s">
         <v>59</v>
       </c>
-      <c r="R15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="T15" t="s">
         <v>59</v>
       </c>
       <c r="U15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="V15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="W15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="X15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Y15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Z15" t="s">
         <v>59</v>
       </c>
       <c r="AA15" t="s">
         <v>59</v>
       </c>
       <c r="AB15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AC15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="AD15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="AE15" t="s">
         <v>59</v>
       </c>
       <c r="AF15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="AG15" t="s">
-        <v>58</v>
+        <v>60</v>
+      </c>
+      <c r="AH15" t="s">
+        <v>59</v>
+      </c>
+      <c r="AI15" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
+    <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>